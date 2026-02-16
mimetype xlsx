--- v0 (2025-12-05)
+++ v1 (2026-02-16)
@@ -72,51 +72,51 @@
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:B21"/>
+  <dimension ref="A1:B22"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Year</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>% Total Alpha</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:2" customHeight="0">
       <c r="A2" s="0" t="inlineStr">
         <is>
           <t>2009</t>
         </is>
       </c>
       <c r="B2" s="0">
         <v>-10.3</v>
       </c>
@@ -256,67 +256,77 @@
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="B16" s="0">
         <v>19.49</v>
       </c>
     </row>
     <row r="17" spans="1:2" customHeight="0">
       <c r="A17" s="0" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B17" s="0">
         <v>8.8</v>
       </c>
     </row>
     <row r="18" spans="1:2" customHeight="0">
       <c r="A18" s="0" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B18" s="0">
-        <v>9.4</v>
+        <v>11.4</v>
       </c>
     </row>
     <row r="19" spans="1:2" customHeight="0">
       <c r="A19" s="0" t="inlineStr">
         <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="B19" s="0">
+        <v>6.4</v>
+      </c>
+    </row>
+    <row r="20" spans="1:2" customHeight="0">
+      <c r="A20" s="0" t="inlineStr">
+        <is>
           <t>Average</t>
         </is>
       </c>
-      <c r="B19" s="0">
-[...6 lines deleted...]
-          <t>Source: Argonaut Capital Partners as at 30-Nov-25. All performance data above refers to YFS Argonaut Absolute Return Fund, uses the GBP I share class and is net of fees. Alpha calculation methodology = ROIC minus index return (MSCI Europe EUR TR Net) in base currency. The YFS Argonaut Absolute Return Fund’s prospectus changed in 2021 from being ‘predominantly’ to ‘mainly’ pan European equity exposure.</t>
+      <c r="B20" s="0">
+        <v>11.5</v>
+      </c>
+    </row>
+    <row r="22" spans="1:1" customHeight="0">
+      <c r="A22" s="0" t="inlineStr">
+        <is>
+          <t>Source: Argonaut Capital Partners as at 31-Jan-26. All performance data above refers to YFS Argonaut Absolute Return Fund, uses the GBP I share class and is net of fees. Alpha calculation methodology = ROIC minus index return (MSCI Europe EUR TR Net) in base currency. The YFS Argonaut Absolute Return Fund’s prospectus changed in 2021 from being ‘predominantly’ to ‘mainly’ pan European equity exposure.</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageSetup orientation="landscape" paperSize="9"/>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Argonaut Capital</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:subject/>
   <dc:creator>Argonaut Capital</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>