--- v0 (2025-12-14)
+++ v1 (2026-02-16)
@@ -72,60 +72,60 @@
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:O6"/>
+  <dimension ref="A1:O7"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true"/>
     <col min="2" max="15" width="11.25" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
-          <t>As at 12-Dec-25</t>
+          <t>As at 13-Feb-26</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Jan</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Feb</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Mar</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
           <t>Apr</t>
         </is>
       </c>
       <c r="F1" s="0" t="inlineStr">
         <is>
           <t>May</t>
@@ -217,68 +217,93 @@
       <c r="E3" s="0">
         <v>0.082649</v>
       </c>
       <c r="F3" s="0">
         <v>5.266413</v>
       </c>
       <c r="G3" s="0">
         <v>0.963619</v>
       </c>
       <c r="H3" s="0">
         <v>4.854644</v>
       </c>
       <c r="I3" s="0">
         <v>4.969389</v>
       </c>
       <c r="J3" s="0">
         <v>6.13</v>
       </c>
       <c r="K3" s="0">
         <v>2.705017</v>
       </c>
       <c r="L3" s="0">
         <v>1.29</v>
       </c>
       <c r="M3" s="0">
-        <v>0.32</v>
+        <v>0.981065</v>
       </c>
       <c r="N3" s="0">
-        <v>36</v>
+        <v>36.89</v>
       </c>
       <c r="O3" s="0">
-        <v>11.77</v>
+        <v>12.12</v>
       </c>
     </row>
     <row r="4" spans="1:15" customHeight="0">
       <c r="A4" s="0" t="inlineStr">
         <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="B4" s="0">
+        <v>7.534479</v>
+      </c>
+      <c r="C4" s="0">
+        <v>-0.88</v>
+      </c>
+      <c r="N4" s="0">
+        <v>6.59</v>
+      </c>
+      <c r="O4" s="0">
+        <v>2.62</v>
+      </c>
+    </row>
+    <row r="5" spans="1:15" customHeight="0">
+      <c r="A5" s="0" t="inlineStr">
+        <is>
           <t>CAGR Since Inception</t>
         </is>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A6" s="0" t="inlineStr">
+      <c r="N5" s="0">
+        <v>39.89</v>
+      </c>
+      <c r="O5" s="0">
+        <v>11.81</v>
+      </c>
+    </row>
+    <row r="7" spans="1:1" customHeight="0">
+      <c r="A7" s="0" t="inlineStr">
         <is>
           <t>Source: Bloomberg. Using GBP I Acc share class. All performance data is net of fees and other charges.</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageSetup orientation="landscape" paperSize="9"/>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Argonaut Capital</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:subject/>
   <dc:creator>Argonaut Capital</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:keywords/>