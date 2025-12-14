--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -81,51 +81,51 @@
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:O21"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true"/>
     <col min="2" max="15" width="11.25" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
-          <t>As at 04-Dec-25</t>
+          <t>As at 12-Dec-25</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Jan</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Feb</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Mar</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
           <t>Apr</t>
         </is>
       </c>
       <c r="F1" s="0" t="inlineStr">
         <is>
           <t>May</t>
@@ -967,54 +967,54 @@
       <c r="E18" s="0">
         <v>-3.49792</v>
       </c>
       <c r="F18" s="0">
         <v>4.292691</v>
       </c>
       <c r="G18" s="0">
         <v>-0.73</v>
       </c>
       <c r="H18" s="0">
         <v>1.542358</v>
       </c>
       <c r="I18" s="0">
         <v>3.846558</v>
       </c>
       <c r="J18" s="0">
         <v>2.21</v>
       </c>
       <c r="K18" s="0">
         <v>0.885547</v>
       </c>
       <c r="L18" s="0">
         <v>1.57</v>
       </c>
       <c r="M18" s="0">
-        <v>-0.64</v>
+        <v>-0.43</v>
       </c>
       <c r="N18" s="0">
-        <v>14.39</v>
+        <v>14.63</v>
       </c>
       <c r="O18" s="0">
         <v>0.15</v>
       </c>
     </row>
     <row r="19" spans="1:15" customHeight="0">
       <c r="A19" s="0" t="inlineStr">
         <is>
           <t>CAGR Since Inception</t>
         </is>
       </c>
       <c r="N19" s="0">
         <v>8.94</v>
       </c>
       <c r="O19" s="0">
         <v>-0.05</v>
       </c>
     </row>
     <row r="21" spans="1:1" customHeight="0">
       <c r="A21" s="0" t="inlineStr">
         <is>
           <t>Source: Bloomberg. Using GBP I Acc share class. *Correlation is to European equities (Euro Stoxx NR EUR) as at previous month end. All performance data is net of fees and other charges.</t>
         </is>
       </c>
     </row>