--- v1 (2025-12-14)
+++ v2 (2026-02-16)
@@ -72,60 +72,60 @@
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:O21"/>
+  <dimension ref="A1:O22"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true"/>
     <col min="2" max="15" width="11.25" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
-          <t>As at 12-Dec-25</t>
+          <t>As at 13-Feb-26</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Jan</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Feb</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Mar</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
           <t>Apr</t>
         </is>
       </c>
       <c r="F1" s="0" t="inlineStr">
         <is>
           <t>May</t>
@@ -967,74 +967,93 @@
       <c r="E18" s="0">
         <v>-3.49792</v>
       </c>
       <c r="F18" s="0">
         <v>4.292691</v>
       </c>
       <c r="G18" s="0">
         <v>-0.73</v>
       </c>
       <c r="H18" s="0">
         <v>1.542358</v>
       </c>
       <c r="I18" s="0">
         <v>3.846558</v>
       </c>
       <c r="J18" s="0">
         <v>2.21</v>
       </c>
       <c r="K18" s="0">
         <v>0.885547</v>
       </c>
       <c r="L18" s="0">
         <v>1.57</v>
       </c>
       <c r="M18" s="0">
-        <v>-0.43</v>
+        <v>1.5</v>
       </c>
       <c r="N18" s="0">
-        <v>14.63</v>
+        <v>16.852773</v>
       </c>
       <c r="O18" s="0">
         <v>0.15</v>
       </c>
     </row>
     <row r="19" spans="1:15" customHeight="0">
       <c r="A19" s="0" t="inlineStr">
         <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="B19" s="0">
+        <v>8.064976</v>
+      </c>
+      <c r="C19" s="0">
+        <v>-0.87</v>
+      </c>
+      <c r="N19" s="0">
+        <v>7.13</v>
+      </c>
+      <c r="O19" s="0">
+        <v>-0.3</v>
+      </c>
+    </row>
+    <row r="20" spans="1:15" customHeight="0">
+      <c r="A20" s="0" t="inlineStr">
+        <is>
           <t>CAGR Since Inception</t>
         </is>
       </c>
-      <c r="N19" s="0">
-[...2 lines deleted...]
-      <c r="O19" s="0">
+      <c r="N20" s="0">
+        <v>9.42</v>
+      </c>
+      <c r="O20" s="0">
         <v>-0.05</v>
       </c>
     </row>
-    <row r="21" spans="1:1" customHeight="0">
-      <c r="A21" s="0" t="inlineStr">
+    <row r="22" spans="1:1" customHeight="0">
+      <c r="A22" s="0" t="inlineStr">
         <is>
           <t>Source: Bloomberg. Using GBP I Acc share class. *Correlation is to European equities (Euro Stoxx NR EUR) as at previous month end. All performance data is net of fees and other charges.</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageSetup orientation="landscape" paperSize="9"/>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Argonaut Capital</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:subject/>
   <dc:creator>Argonaut Capital</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:keywords/>