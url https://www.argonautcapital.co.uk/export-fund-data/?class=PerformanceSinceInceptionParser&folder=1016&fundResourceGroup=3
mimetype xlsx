--- v0 (2025-12-14)
+++ v1 (2026-02-16)
@@ -80,51 +80,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:C431"/>
+  <dimension ref="A1:C494"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Month</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Argonaut Flexible Fund</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>IA Flexible Investment</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3" customHeight="0">
       <c r="A2" s="0" t="inlineStr">
         <is>
           <t>2024-10-11</t>
@@ -5666,55 +5666,874 @@
       <c r="A428" s="0" t="inlineStr">
         <is>
           <t>2025-12-11</t>
         </is>
       </c>
       <c r="B428" s="0">
         <v>45</v>
       </c>
       <c r="C428" s="0">
         <v>12.5</v>
       </c>
     </row>
     <row r="429" spans="1:3" customHeight="0">
       <c r="A429" s="0" t="inlineStr">
         <is>
           <t>2025-12-12</t>
         </is>
       </c>
       <c r="B429" s="0">
         <v>46.2</v>
       </c>
       <c r="C429" s="0">
         <v>12.9</v>
       </c>
     </row>
-    <row r="431" spans="1:1" customHeight="0">
-      <c r="A431" s="1" t="inlineStr">
+    <row r="430" spans="1:3" customHeight="0">
+      <c r="A430" s="0" t="inlineStr">
+        <is>
+          <t>2025-12-13</t>
+        </is>
+      </c>
+      <c r="B430" s="0">
+        <v>46.2</v>
+      </c>
+      <c r="C430" s="0">
+        <v>12.9</v>
+      </c>
+    </row>
+    <row r="431" spans="1:3" customHeight="0">
+      <c r="A431" s="0" t="inlineStr">
+        <is>
+          <t>2025-12-14</t>
+        </is>
+      </c>
+      <c r="B431" s="0">
+        <v>46.2</v>
+      </c>
+      <c r="C431" s="0">
+        <v>12.9</v>
+      </c>
+    </row>
+    <row r="432" spans="1:3" customHeight="0">
+      <c r="A432" s="0" t="inlineStr">
+        <is>
+          <t>2025-12-15</t>
+        </is>
+      </c>
+      <c r="B432" s="0">
+        <v>46.2</v>
+      </c>
+      <c r="C432" s="0">
+        <v>12.8</v>
+      </c>
+    </row>
+    <row r="433" spans="1:3" customHeight="0">
+      <c r="A433" s="0" t="inlineStr">
+        <is>
+          <t>2025-12-16</t>
+        </is>
+      </c>
+      <c r="B433" s="0">
+        <v>46.3</v>
+      </c>
+      <c r="C433" s="0">
+        <v>12.3</v>
+      </c>
+    </row>
+    <row r="434" spans="1:3" customHeight="0">
+      <c r="A434" s="0" t="inlineStr">
+        <is>
+          <t>2025-12-17</t>
+        </is>
+      </c>
+      <c r="B434" s="0">
+        <v>46.4</v>
+      </c>
+      <c r="C434" s="0">
+        <v>12.3</v>
+      </c>
+    </row>
+    <row r="435" spans="1:3" customHeight="0">
+      <c r="A435" s="0" t="inlineStr">
+        <is>
+          <t>2025-12-18</t>
+        </is>
+      </c>
+      <c r="B435" s="0">
+        <v>45.7</v>
+      </c>
+      <c r="C435" s="0">
+        <v>12.2</v>
+      </c>
+    </row>
+    <row r="436" spans="1:3" customHeight="0">
+      <c r="A436" s="0" t="inlineStr">
+        <is>
+          <t>2025-12-19</t>
+        </is>
+      </c>
+      <c r="B436" s="0">
+        <v>46.1</v>
+      </c>
+      <c r="C436" s="0">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="437" spans="1:3" customHeight="0">
+      <c r="A437" s="0" t="inlineStr">
+        <is>
+          <t>2025-12-20</t>
+        </is>
+      </c>
+      <c r="B437" s="0">
+        <v>46.1</v>
+      </c>
+      <c r="C437" s="0">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="438" spans="1:3" customHeight="0">
+      <c r="A438" s="0" t="inlineStr">
+        <is>
+          <t>2025-12-21</t>
+        </is>
+      </c>
+      <c r="B438" s="0">
+        <v>46.1</v>
+      </c>
+      <c r="C438" s="0">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="439" spans="1:3" customHeight="0">
+      <c r="A439" s="0" t="inlineStr">
+        <is>
+          <t>2025-12-22</t>
+        </is>
+      </c>
+      <c r="B439" s="0">
+        <v>46.5</v>
+      </c>
+      <c r="C439" s="0">
+        <v>12.7</v>
+      </c>
+    </row>
+    <row r="440" spans="1:3" customHeight="0">
+      <c r="A440" s="0" t="inlineStr">
+        <is>
+          <t>2025-12-23</t>
+        </is>
+      </c>
+      <c r="B440" s="0">
+        <v>47</v>
+      </c>
+      <c r="C440" s="0">
+        <v>12.9</v>
+      </c>
+    </row>
+    <row r="441" spans="1:3" customHeight="0">
+      <c r="A441" s="0" t="inlineStr">
+        <is>
+          <t>2025-12-24</t>
+        </is>
+      </c>
+      <c r="B441" s="0">
+        <v>47</v>
+      </c>
+      <c r="C441" s="0">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="442" spans="1:3" customHeight="0">
+      <c r="A442" s="0" t="inlineStr">
+        <is>
+          <t>2025-12-25</t>
+        </is>
+      </c>
+      <c r="B442" s="0">
+        <v>47</v>
+      </c>
+      <c r="C442" s="0">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="443" spans="1:3" customHeight="0">
+      <c r="A443" s="0" t="inlineStr">
+        <is>
+          <t>2025-12-26</t>
+        </is>
+      </c>
+      <c r="B443" s="0">
+        <v>47</v>
+      </c>
+      <c r="C443" s="0">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="444" spans="1:3" customHeight="0">
+      <c r="A444" s="0" t="inlineStr">
+        <is>
+          <t>2025-12-27</t>
+        </is>
+      </c>
+      <c r="B444" s="0">
+        <v>47</v>
+      </c>
+      <c r="C444" s="0">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="445" spans="1:3" customHeight="0">
+      <c r="A445" s="0" t="inlineStr">
+        <is>
+          <t>2025-12-28</t>
+        </is>
+      </c>
+      <c r="B445" s="0">
+        <v>47</v>
+      </c>
+      <c r="C445" s="0">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="446" spans="1:3" customHeight="0">
+      <c r="A446" s="0" t="inlineStr">
+        <is>
+          <t>2025-12-29</t>
+        </is>
+      </c>
+      <c r="B446" s="0">
+        <v>47.2</v>
+      </c>
+      <c r="C446" s="0">
+        <v>13.2</v>
+      </c>
+    </row>
+    <row r="447" spans="1:3" customHeight="0">
+      <c r="A447" s="0" t="inlineStr">
+        <is>
+          <t>2025-12-30</t>
+        </is>
+      </c>
+      <c r="B447" s="0">
+        <v>46.8</v>
+      </c>
+      <c r="C447" s="0">
+        <v>13.2</v>
+      </c>
+    </row>
+    <row r="448" spans="1:3" customHeight="0">
+      <c r="A448" s="0" t="inlineStr">
+        <is>
+          <t>2025-12-31</t>
+        </is>
+      </c>
+      <c r="B448" s="0">
+        <v>47.2</v>
+      </c>
+      <c r="C448" s="0">
+        <v>13.2</v>
+      </c>
+    </row>
+    <row r="449" spans="1:3" customHeight="0">
+      <c r="A449" s="0" t="inlineStr">
+        <is>
+          <t>2026-01-01</t>
+        </is>
+      </c>
+      <c r="B449" s="0">
+        <v>47.2</v>
+      </c>
+      <c r="C449" s="0">
+        <v>13.2</v>
+      </c>
+    </row>
+    <row r="450" spans="1:3" customHeight="0">
+      <c r="A450" s="0" t="inlineStr">
+        <is>
+          <t>2026-01-02</t>
+        </is>
+      </c>
+      <c r="B450" s="0">
+        <v>47.1</v>
+      </c>
+      <c r="C450" s="0">
+        <v>13.4</v>
+      </c>
+    </row>
+    <row r="451" spans="1:3" customHeight="0">
+      <c r="A451" s="0" t="inlineStr">
+        <is>
+          <t>2026-01-03</t>
+        </is>
+      </c>
+      <c r="B451" s="0">
+        <v>47.1</v>
+      </c>
+      <c r="C451" s="0">
+        <v>13.4</v>
+      </c>
+    </row>
+    <row r="452" spans="1:3" customHeight="0">
+      <c r="A452" s="0" t="inlineStr">
+        <is>
+          <t>2026-01-04</t>
+        </is>
+      </c>
+      <c r="B452" s="0">
+        <v>47.1</v>
+      </c>
+      <c r="C452" s="0">
+        <v>13.4</v>
+      </c>
+    </row>
+    <row r="453" spans="1:3" customHeight="0">
+      <c r="A453" s="0" t="inlineStr">
+        <is>
+          <t>2026-01-05</t>
+        </is>
+      </c>
+      <c r="B453" s="0">
+        <v>46.9</v>
+      </c>
+      <c r="C453" s="0">
+        <v>13.7</v>
+      </c>
+    </row>
+    <row r="454" spans="1:3" customHeight="0">
+      <c r="A454" s="0" t="inlineStr">
+        <is>
+          <t>2026-01-06</t>
+        </is>
+      </c>
+      <c r="B454" s="0">
+        <v>47.6</v>
+      </c>
+      <c r="C454" s="0">
+        <v>14.2</v>
+      </c>
+    </row>
+    <row r="455" spans="1:3" customHeight="0">
+      <c r="A455" s="0" t="inlineStr">
+        <is>
+          <t>2026-01-07</t>
+        </is>
+      </c>
+      <c r="B455" s="0">
+        <v>48.8</v>
+      </c>
+      <c r="C455" s="0">
+        <v>14.6</v>
+      </c>
+    </row>
+    <row r="456" spans="1:3" customHeight="0">
+      <c r="A456" s="0" t="inlineStr">
+        <is>
+          <t>2026-01-08</t>
+        </is>
+      </c>
+      <c r="B456" s="0">
+        <v>50.1</v>
+      </c>
+      <c r="C456" s="0">
+        <v>14.7</v>
+      </c>
+    </row>
+    <row r="457" spans="1:3" customHeight="0">
+      <c r="A457" s="0" t="inlineStr">
+        <is>
+          <t>2026-01-09</t>
+        </is>
+      </c>
+      <c r="B457" s="0">
+        <v>50.7</v>
+      </c>
+      <c r="C457" s="0">
+        <v>15.1</v>
+      </c>
+    </row>
+    <row r="458" spans="1:3" customHeight="0">
+      <c r="A458" s="0" t="inlineStr">
+        <is>
+          <t>2026-01-10</t>
+        </is>
+      </c>
+      <c r="B458" s="0">
+        <v>50.7</v>
+      </c>
+      <c r="C458" s="0">
+        <v>15.1</v>
+      </c>
+    </row>
+    <row r="459" spans="1:3" customHeight="0">
+      <c r="A459" s="0" t="inlineStr">
+        <is>
+          <t>2026-01-11</t>
+        </is>
+      </c>
+      <c r="B459" s="0">
+        <v>50.7</v>
+      </c>
+      <c r="C459" s="0">
+        <v>15.1</v>
+      </c>
+    </row>
+    <row r="460" spans="1:3" customHeight="0">
+      <c r="A460" s="0" t="inlineStr">
+        <is>
+          <t>2026-01-12</t>
+        </is>
+      </c>
+      <c r="B460" s="0">
+        <v>50.8</v>
+      </c>
+      <c r="C460" s="0">
+        <v>15.4</v>
+      </c>
+    </row>
+    <row r="461" spans="1:3" customHeight="0">
+      <c r="A461" s="0" t="inlineStr">
+        <is>
+          <t>2026-01-13</t>
+        </is>
+      </c>
+      <c r="B461" s="0">
+        <v>51.5</v>
+      </c>
+      <c r="C461" s="0">
+        <v>15.5</v>
+      </c>
+    </row>
+    <row r="462" spans="1:3" customHeight="0">
+      <c r="A462" s="0" t="inlineStr">
+        <is>
+          <t>2026-01-14</t>
+        </is>
+      </c>
+      <c r="B462" s="0">
+        <v>51.9</v>
+      </c>
+      <c r="C462" s="0">
+        <v>15.6</v>
+      </c>
+    </row>
+    <row r="463" spans="1:3" customHeight="0">
+      <c r="A463" s="0" t="inlineStr">
+        <is>
+          <t>2026-01-15</t>
+        </is>
+      </c>
+      <c r="B463" s="0">
+        <v>52</v>
+      </c>
+      <c r="C463" s="0">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="464" spans="1:3" customHeight="0">
+      <c r="A464" s="0" t="inlineStr">
+        <is>
+          <t>2026-01-16</t>
+        </is>
+      </c>
+      <c r="B464" s="0">
+        <v>52.4</v>
+      </c>
+      <c r="C464" s="0">
+        <v>16.2</v>
+      </c>
+    </row>
+    <row r="465" spans="1:3" customHeight="0">
+      <c r="A465" s="0" t="inlineStr">
+        <is>
+          <t>2026-01-17</t>
+        </is>
+      </c>
+      <c r="B465" s="0">
+        <v>52.4</v>
+      </c>
+      <c r="C465" s="0">
+        <v>16.2</v>
+      </c>
+    </row>
+    <row r="466" spans="1:3" customHeight="0">
+      <c r="A466" s="0" t="inlineStr">
+        <is>
+          <t>2026-01-18</t>
+        </is>
+      </c>
+      <c r="B466" s="0">
+        <v>52.4</v>
+      </c>
+      <c r="C466" s="0">
+        <v>16.2</v>
+      </c>
+    </row>
+    <row r="467" spans="1:3" customHeight="0">
+      <c r="A467" s="0" t="inlineStr">
+        <is>
+          <t>2026-01-19</t>
+        </is>
+      </c>
+      <c r="B467" s="0">
+        <v>52.1</v>
+      </c>
+      <c r="C467" s="0">
+        <v>15.9</v>
+      </c>
+    </row>
+    <row r="468" spans="1:3" customHeight="0">
+      <c r="A468" s="0" t="inlineStr">
+        <is>
+          <t>2026-01-20</t>
+        </is>
+      </c>
+      <c r="B468" s="0">
+        <v>52.1</v>
+      </c>
+      <c r="C468" s="0">
+        <v>15.1</v>
+      </c>
+    </row>
+    <row r="469" spans="1:3" customHeight="0">
+      <c r="A469" s="0" t="inlineStr">
+        <is>
+          <t>2026-01-21</t>
+        </is>
+      </c>
+      <c r="B469" s="0">
+        <v>53</v>
+      </c>
+      <c r="C469" s="0">
+        <v>15.1</v>
+      </c>
+    </row>
+    <row r="470" spans="1:3" customHeight="0">
+      <c r="A470" s="0" t="inlineStr">
+        <is>
+          <t>2026-01-22</t>
+        </is>
+      </c>
+      <c r="B470" s="0">
+        <v>54.2</v>
+      </c>
+      <c r="C470" s="0">
+        <v>15.7</v>
+      </c>
+    </row>
+    <row r="471" spans="1:3" customHeight="0">
+      <c r="A471" s="0" t="inlineStr">
+        <is>
+          <t>2026-01-23</t>
+        </is>
+      </c>
+      <c r="B471" s="0">
+        <v>54.8</v>
+      </c>
+      <c r="C471" s="0">
+        <v>15.6</v>
+      </c>
+    </row>
+    <row r="472" spans="1:3" customHeight="0">
+      <c r="A472" s="0" t="inlineStr">
+        <is>
+          <t>2026-01-24</t>
+        </is>
+      </c>
+      <c r="B472" s="0">
+        <v>54.8</v>
+      </c>
+      <c r="C472" s="0">
+        <v>15.6</v>
+      </c>
+    </row>
+    <row r="473" spans="1:3" customHeight="0">
+      <c r="A473" s="0" t="inlineStr">
+        <is>
+          <t>2026-01-25</t>
+        </is>
+      </c>
+      <c r="B473" s="0">
+        <v>54.8</v>
+      </c>
+      <c r="C473" s="0">
+        <v>15.6</v>
+      </c>
+    </row>
+    <row r="474" spans="1:3" customHeight="0">
+      <c r="A474" s="0" t="inlineStr">
+        <is>
+          <t>2026-01-26</t>
+        </is>
+      </c>
+      <c r="B474" s="0">
+        <v>55.3</v>
+      </c>
+      <c r="C474" s="0">
+        <v>15.3</v>
+      </c>
+    </row>
+    <row r="475" spans="1:3" customHeight="0">
+      <c r="A475" s="0" t="inlineStr">
+        <is>
+          <t>2026-01-27</t>
+        </is>
+      </c>
+      <c r="B475" s="0">
+        <v>56.5</v>
+      </c>
+      <c r="C475" s="0">
+        <v>15.4</v>
+      </c>
+    </row>
+    <row r="476" spans="1:3" customHeight="0">
+      <c r="A476" s="0" t="inlineStr">
+        <is>
+          <t>2026-01-28</t>
+        </is>
+      </c>
+      <c r="B476" s="0">
+        <v>57.5</v>
+      </c>
+      <c r="C476" s="0">
+        <v>15.5</v>
+      </c>
+    </row>
+    <row r="477" spans="1:3" customHeight="0">
+      <c r="A477" s="0" t="inlineStr">
+        <is>
+          <t>2026-01-29</t>
+        </is>
+      </c>
+      <c r="B477" s="0">
+        <v>59.5</v>
+      </c>
+      <c r="C477" s="0">
+        <v>15.6</v>
+      </c>
+    </row>
+    <row r="478" spans="1:3" customHeight="0">
+      <c r="A478" s="0" t="inlineStr">
+        <is>
+          <t>2026-01-30</t>
+        </is>
+      </c>
+      <c r="B478" s="0">
+        <v>58.3</v>
+      </c>
+      <c r="C478" s="0">
+        <v>15.2</v>
+      </c>
+    </row>
+    <row r="479" spans="1:3" customHeight="0">
+      <c r="A479" s="0" t="inlineStr">
+        <is>
+          <t>2026-01-31</t>
+        </is>
+      </c>
+      <c r="B479" s="0">
+        <v>58.3</v>
+      </c>
+      <c r="C479" s="0">
+        <v>15.2</v>
+      </c>
+    </row>
+    <row r="480" spans="1:3" customHeight="0">
+      <c r="A480" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-01</t>
+        </is>
+      </c>
+      <c r="B480" s="0">
+        <v>58.3</v>
+      </c>
+      <c r="C480" s="0">
+        <v>15.2</v>
+      </c>
+    </row>
+    <row r="481" spans="1:3" customHeight="0">
+      <c r="A481" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-02</t>
+        </is>
+      </c>
+      <c r="B481" s="0">
+        <v>55.1</v>
+      </c>
+      <c r="C481" s="0">
+        <v>14.9</v>
+      </c>
+    </row>
+    <row r="482" spans="1:3" customHeight="0">
+      <c r="A482" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-03</t>
+        </is>
+      </c>
+      <c r="B482" s="0">
+        <v>56.9</v>
+      </c>
+      <c r="C482" s="0">
+        <v>15.3</v>
+      </c>
+    </row>
+    <row r="483" spans="1:3" customHeight="0">
+      <c r="A483" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-04</t>
+        </is>
+      </c>
+      <c r="B483" s="0">
+        <v>57.7</v>
+      </c>
+      <c r="C483" s="0">
+        <v>15.3</v>
+      </c>
+    </row>
+    <row r="484" spans="1:3" customHeight="0">
+      <c r="A484" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-05</t>
+        </is>
+      </c>
+      <c r="B484" s="0">
+        <v>56.5</v>
+      </c>
+      <c r="C484" s="0">
+        <v>15.3</v>
+      </c>
+    </row>
+    <row r="485" spans="1:3" customHeight="0">
+      <c r="A485" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-06</t>
+        </is>
+      </c>
+      <c r="B485" s="0">
+        <v>54.7</v>
+      </c>
+      <c r="C485" s="0">
+        <v>15.2</v>
+      </c>
+    </row>
+    <row r="486" spans="1:3" customHeight="0">
+      <c r="A486" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-07</t>
+        </is>
+      </c>
+      <c r="B486" s="0">
+        <v>54.7</v>
+      </c>
+      <c r="C486" s="0">
+        <v>15.2</v>
+      </c>
+    </row>
+    <row r="487" spans="1:3" customHeight="0">
+      <c r="A487" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-08</t>
+        </is>
+      </c>
+      <c r="B487" s="0">
+        <v>54.7</v>
+      </c>
+      <c r="C487" s="0">
+        <v>15.2</v>
+      </c>
+    </row>
+    <row r="488" spans="1:3" customHeight="0">
+      <c r="A488" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-09</t>
+        </is>
+      </c>
+      <c r="B488" s="0">
+        <v>57.5</v>
+      </c>
+      <c r="C488" s="0">
+        <v>15.7</v>
+      </c>
+    </row>
+    <row r="489" spans="1:3" customHeight="0">
+      <c r="A489" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-10</t>
+        </is>
+      </c>
+      <c r="B489" s="0">
+        <v>58.8</v>
+      </c>
+      <c r="C489" s="0">
+        <v>16.3</v>
+      </c>
+    </row>
+    <row r="490" spans="1:3" customHeight="0">
+      <c r="A490" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-11</t>
+        </is>
+      </c>
+      <c r="B490" s="0">
+        <v>57.9</v>
+      </c>
+      <c r="C490" s="0">
+        <v>16.5</v>
+      </c>
+    </row>
+    <row r="491" spans="1:3" customHeight="0">
+      <c r="A491" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-12</t>
+        </is>
+      </c>
+      <c r="B491" s="0">
+        <v>59.2</v>
+      </c>
+      <c r="C491" s="0">
+        <v>16.8</v>
+      </c>
+    </row>
+    <row r="492" spans="1:3" customHeight="0">
+      <c r="A492" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-13</t>
+        </is>
+      </c>
+      <c r="B492" s="0">
+        <v>56.9</v>
+      </c>
+      <c r="C492" s="0">
+        <v>16.2</v>
+      </c>
+    </row>
+    <row r="494" spans="1:1" customHeight="0">
+      <c r="A494" s="1" t="inlineStr">
         <is>
           <t>Past Performance does not guarantee future results and the value of all investments and the income derived therefrom can decrease as well as increase.
-Source: Morningstar as at 12-Dec-25. Fund performance is based on the YFS Argonaut Flexible Fund and uses the GBP I Acc share class. All performance is net of fees and other charges and includes the reinvestment of dividends. Investments that have an exposure to currencies other than the base currency of the fund may be subject to exchange rate fluctuations.</t>
+Source: Morningstar as at 13-Feb-26. Fund performance is based on the YFS Argonaut Flexible Fund and uses the GBP I Acc share class. All performance is net of fees and other charges and includes the reinvestment of dividends. Investments that have an exposure to currencies other than the base currency of the fund may be subject to exchange rate fluctuations.</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageSetup orientation="landscape" paperSize="9"/>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Argonaut Capital</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:subject/>
   <dc:creator>Argonaut Capital</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>