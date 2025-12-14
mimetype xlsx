--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -86,144 +86,144 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F6"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true"/>
     <col min="2" max="6" width="11.25" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>12 months to</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
-          <t>04 Dec 2021</t>
+          <t>12 Dec 2021</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
-          <t>04 Dec 2022</t>
+          <t>12 Dec 2022</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
-          <t>04 Dec 2023</t>
+          <t>12 Dec 2023</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
-          <t>04 Dec 2024</t>
+          <t>12 Dec 2024</t>
         </is>
       </c>
       <c r="F1" s="0" t="inlineStr">
         <is>
-          <t>04 Dec 2025</t>
+          <t>12 Dec 2025</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:6" customHeight="0">
       <c r="A2" s="0" t="inlineStr">
         <is>
           <t>Argonaut AR Fund</t>
         </is>
       </c>
       <c r="B2" s="0">
-        <v>6.96681</v>
+        <v>4.363537</v>
       </c>
       <c r="C2" s="0">
-        <v>11.699126</v>
+        <v>14.724775</v>
       </c>
       <c r="D2" s="0">
-        <v>19.616403</v>
+        <v>17.696716</v>
       </c>
       <c r="E2" s="0">
-        <v>14.751225</v>
+        <v>15.965255</v>
       </c>
       <c r="F2" s="0">
-        <v>14.985911</v>
+        <v>15.110331</v>
       </c>
     </row>
     <row r="3" spans="1:6" customHeight="0">
       <c r="A3" s="0" t="inlineStr">
         <is>
           <t>EURO STOXX NR</t>
         </is>
       </c>
       <c r="B3" s="0">
-        <v>17.948894</v>
+        <v>22.609949</v>
       </c>
       <c r="C3" s="0">
-        <v>-3.979829</v>
+        <v>-7.767991</v>
       </c>
       <c r="D3" s="0">
-        <v>10.868152</v>
+        <v>15.022782</v>
       </c>
       <c r="E3" s="0">
-        <v>12.552394</v>
+        <v>11.119131</v>
       </c>
       <c r="F3" s="0">
-        <v>21.447854</v>
+        <v>21.010233</v>
       </c>
     </row>
     <row r="4" spans="1:6" customHeight="0">
       <c r="A4" s="0" t="inlineStr">
         <is>
           <t>IA Targeted Absolute Return</t>
         </is>
       </c>
       <c r="B4" s="0">
-        <v>4.603</v>
+        <v>5.385387</v>
       </c>
       <c r="C4" s="0">
-        <v>1.135319</v>
+        <v>0.430916</v>
       </c>
       <c r="D4" s="0">
-        <v>3.823547</v>
+        <v>4.266662</v>
       </c>
       <c r="E4" s="0">
-        <v>8.13468</v>
+        <v>7.914571</v>
       </c>
       <c r="F4" s="0">
-        <v>6.632216</v>
+        <v>6.412514</v>
       </c>
     </row>
     <row r="6" spans="1:1" customHeight="0">
       <c r="A6" s="0" t="inlineStr">
         <is>
-          <t>Source: Bloomberg. Using GBP I Acc share class. All performance data is net of fees and other charges.</t>
+          <t>Source: Bloomberg. Using GBP I Acc share class. All performance data is net of fees and other charges. Euro Stoxx updated as of 11-Dec-25.</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageSetup orientation="landscape" paperSize="9"/>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Argonaut Capital</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:subject/>
   <dc:creator>Argonaut Capital</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>