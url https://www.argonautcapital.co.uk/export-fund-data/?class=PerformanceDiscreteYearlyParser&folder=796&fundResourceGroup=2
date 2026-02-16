--- v1 (2025-12-14)
+++ v2 (2026-02-16)
@@ -86,144 +86,144 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F6"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true"/>
     <col min="2" max="6" width="11.25" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>12 months to</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
-          <t>12 Dec 2021</t>
+          <t>13 Feb 2022</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
-          <t>12 Dec 2022</t>
+          <t>13 Feb 2023</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
-          <t>12 Dec 2023</t>
+          <t>13 Feb 2024</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
-          <t>12 Dec 2024</t>
+          <t>13 Feb 2025</t>
         </is>
       </c>
       <c r="F1" s="0" t="inlineStr">
         <is>
-          <t>12 Dec 2025</t>
+          <t>13 Feb 2026</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:6" customHeight="0">
       <c r="A2" s="0" t="inlineStr">
         <is>
           <t>Argonaut AR Fund</t>
         </is>
       </c>
       <c r="B2" s="0">
-        <v>4.363537</v>
+        <v>15.704833</v>
       </c>
       <c r="C2" s="0">
-        <v>14.724775</v>
+        <v>-3.878407</v>
       </c>
       <c r="D2" s="0">
-        <v>17.696716</v>
+        <v>31.739338</v>
       </c>
       <c r="E2" s="0">
-        <v>15.965255</v>
+        <v>14.089485</v>
       </c>
       <c r="F2" s="0">
-        <v>15.110331</v>
+        <v>18.622106</v>
       </c>
     </row>
     <row r="3" spans="1:6" customHeight="0">
       <c r="A3" s="0" t="inlineStr">
         <is>
           <t>EURO STOXX NR</t>
         </is>
       </c>
       <c r="B3" s="0">
-        <v>22.609949</v>
+        <v>13.430555</v>
       </c>
       <c r="C3" s="0">
-        <v>-7.767991</v>
+        <v>1.335965</v>
       </c>
       <c r="D3" s="0">
-        <v>15.022782</v>
+        <v>8.768855</v>
       </c>
       <c r="E3" s="0">
-        <v>11.119131</v>
+        <v>18.962145</v>
       </c>
       <c r="F3" s="0">
-        <v>21.010233</v>
+        <v>18.144723</v>
       </c>
     </row>
     <row r="4" spans="1:6" customHeight="0">
       <c r="A4" s="0" t="inlineStr">
         <is>
           <t>IA Targeted Absolute Return</t>
         </is>
       </c>
       <c r="B4" s="0">
-        <v>5.385387</v>
+        <v>4.404734</v>
       </c>
       <c r="C4" s="0">
-        <v>0.430916</v>
+        <v>0.783143</v>
       </c>
       <c r="D4" s="0">
-        <v>4.266662</v>
+        <v>4.363736</v>
       </c>
       <c r="E4" s="0">
-        <v>7.914571</v>
+        <v>7.284135</v>
       </c>
       <c r="F4" s="0">
-        <v>6.412514</v>
+        <v>7.512352</v>
       </c>
     </row>
     <row r="6" spans="1:1" customHeight="0">
       <c r="A6" s="0" t="inlineStr">
         <is>
-          <t>Source: Bloomberg. Using GBP I Acc share class. All performance data is net of fees and other charges. Euro Stoxx updated as of 11-Dec-25.</t>
+          <t>Source: Bloomberg. Using GBP I Acc share class. All performance data is net of fees and other charges. Euro Stoxx updated as of 12-Feb-26.</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageSetup orientation="landscape" paperSize="9"/>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Argonaut Capital</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:subject/>
   <dc:creator>Argonaut Capital</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>