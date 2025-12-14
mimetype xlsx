--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -80,162 +80,162 @@
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:I5"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
-          <t>As at 04-Dec-25</t>
+          <t>As at 12-Dec-25</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>MTD</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>3M</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>1YR</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
           <t>3YR</t>
         </is>
       </c>
       <c r="F1" s="0" t="inlineStr">
         <is>
           <t>5YR</t>
         </is>
       </c>
       <c r="G1" s="0" t="inlineStr">
         <is>
           <t>YTD</t>
         </is>
       </c>
       <c r="H1" s="0" t="inlineStr">
         <is>
           <t>ITD</t>
         </is>
       </c>
       <c r="I1" s="0" t="inlineStr">
         <is>
           <t>ITD CAGR</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:9" customHeight="0">
       <c r="A2" s="0" t="inlineStr">
         <is>
           <t>Argonaut Flexible Fund</t>
         </is>
       </c>
       <c r="B2" s="0">
-        <v>-0.80955</v>
+        <v>0.322448</v>
       </c>
       <c r="C2" s="0">
-        <v>8.064878</v>
+        <v>6.025232</v>
       </c>
       <c r="D2" s="0">
-        <v>34.170141</v>
+        <v>34.398744</v>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
           <t>n/a</t>
         </is>
       </c>
       <c r="F2" s="0" t="inlineStr">
         <is>
           <t>n/a</t>
         </is>
       </c>
       <c r="G2" s="0">
-        <v>34.464879</v>
+        <v>35.999442</v>
       </c>
       <c r="H2" s="0">
-        <v>44.58</v>
+        <v>46.23</v>
       </c>
       <c r="I2" s="0">
-        <v>37.901591</v>
+        <v>38.410795</v>
       </c>
     </row>
     <row r="3" spans="1:9" customHeight="0">
       <c r="A3" s="0" t="inlineStr">
         <is>
           <t>IA Flexible Investment</t>
         </is>
       </c>
       <c r="B3" s="0">
-        <v>-0.173335</v>
+        <v>0.126612</v>
       </c>
       <c r="C3" s="0">
-        <v>5.09308</v>
+        <v>4.185897</v>
       </c>
       <c r="D3" s="0">
-        <v>9.614993</v>
+        <v>10.144237</v>
       </c>
       <c r="E3" s="0" t="inlineStr">
         <is>
           <t>n/a</t>
         </is>
       </c>
       <c r="F3" s="0" t="inlineStr">
         <is>
           <t>n/a</t>
         </is>
       </c>
       <c r="G3" s="0">
-        <v>11.456995</v>
+        <v>11.770058</v>
       </c>
       <c r="H3" s="0">
-        <v>12.564687</v>
+        <v>12.880862</v>
       </c>
       <c r="I3" s="0">
-        <v>10.868511</v>
+        <v>10.920215</v>
       </c>
     </row>
     <row r="5" spans="1:1" customHeight="0">
       <c r="A5" s="0" t="inlineStr">
         <is>
           <t>Source: Bloomberg. Using GBP I Acc share class. All performance data is net of fees and other charges.</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageSetup orientation="landscape" paperSize="9"/>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Argonaut Capital</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Untitled Spreadsheet</dc:title>