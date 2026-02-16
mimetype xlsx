--- v1 (2025-12-14)
+++ v2 (2026-02-16)
@@ -80,162 +80,162 @@
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:I5"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
-          <t>As at 12-Dec-25</t>
+          <t>As at 13-Feb-26</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>MTD</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>3M</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>1YR</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
           <t>3YR</t>
         </is>
       </c>
       <c r="F1" s="0" t="inlineStr">
         <is>
           <t>5YR</t>
         </is>
       </c>
       <c r="G1" s="0" t="inlineStr">
         <is>
           <t>YTD</t>
         </is>
       </c>
       <c r="H1" s="0" t="inlineStr">
         <is>
           <t>ITD</t>
         </is>
       </c>
       <c r="I1" s="0" t="inlineStr">
         <is>
           <t>ITD CAGR</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:9" customHeight="0">
       <c r="A2" s="0" t="inlineStr">
         <is>
           <t>Argonaut Flexible Fund</t>
         </is>
       </c>
       <c r="B2" s="0">
-        <v>0.322448</v>
+        <v>-0.878191</v>
       </c>
       <c r="C2" s="0">
-        <v>6.025232</v>
+        <v>8.177618</v>
       </c>
       <c r="D2" s="0">
-        <v>34.398744</v>
+        <v>35.857611</v>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
           <t>n/a</t>
         </is>
       </c>
       <c r="F2" s="0" t="inlineStr">
         <is>
           <t>n/a</t>
         </is>
       </c>
       <c r="G2" s="0">
-        <v>35.999442</v>
+        <v>6.590122</v>
       </c>
       <c r="H2" s="0">
-        <v>46.23</v>
+        <v>56.89</v>
       </c>
       <c r="I2" s="0">
-        <v>38.410795</v>
+        <v>39.893748</v>
       </c>
     </row>
     <row r="3" spans="1:9" customHeight="0">
       <c r="A3" s="0" t="inlineStr">
         <is>
           <t>IA Flexible Investment</t>
         </is>
       </c>
       <c r="B3" s="0">
-        <v>0.126612</v>
+        <v>0.8653</v>
       </c>
       <c r="C3" s="0">
-        <v>4.185897</v>
+        <v>2.228362</v>
       </c>
       <c r="D3" s="0">
-        <v>10.144237</v>
+        <v>10.944444</v>
       </c>
       <c r="E3" s="0" t="inlineStr">
         <is>
           <t>n/a</t>
         </is>
       </c>
       <c r="F3" s="0" t="inlineStr">
         <is>
           <t>n/a</t>
         </is>
       </c>
       <c r="G3" s="0">
-        <v>11.770058</v>
+        <v>2.619977</v>
       </c>
       <c r="H3" s="0">
-        <v>12.880862</v>
+        <v>16.157574</v>
       </c>
       <c r="I3" s="0">
-        <v>10.920215</v>
+        <v>11.811625</v>
       </c>
     </row>
     <row r="5" spans="1:1" customHeight="0">
       <c r="A5" s="0" t="inlineStr">
         <is>
           <t>Source: Bloomberg. Using GBP I Acc share class. All performance data is net of fees and other charges.</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageSetup orientation="landscape" paperSize="9"/>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Argonaut Capital</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Untitled Spreadsheet</dc:title>