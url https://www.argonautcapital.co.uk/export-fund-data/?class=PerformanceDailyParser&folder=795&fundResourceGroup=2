--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -80,191 +80,191 @@
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:I6"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
-          <t>As at 04-Dec-25</t>
+          <t>As at 12-Dec-25</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>MTD</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>3M</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>1YR</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
           <t>3YR</t>
         </is>
       </c>
       <c r="F1" s="0" t="inlineStr">
         <is>
           <t>5YR</t>
         </is>
       </c>
       <c r="G1" s="0" t="inlineStr">
         <is>
           <t>YTD</t>
         </is>
       </c>
       <c r="H1" s="0" t="inlineStr">
         <is>
           <t>ITD</t>
         </is>
       </c>
       <c r="I1" s="0" t="inlineStr">
         <is>
           <t>ITD CAGR</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:9" customHeight="0">
       <c r="A2" s="0" t="inlineStr">
         <is>
           <t>Argonaut AR Fund</t>
         </is>
       </c>
       <c r="B2" s="0">
-        <v>-0.644523</v>
+        <v>-0.43451</v>
       </c>
       <c r="C2" s="0">
-        <v>3.362632</v>
+        <v>1.686307</v>
       </c>
       <c r="D2" s="0">
-        <v>14.985911</v>
+        <v>15.110331</v>
       </c>
       <c r="E2" s="0">
-        <v>57.831142</v>
+        <v>57.11098</v>
       </c>
       <c r="F2" s="0">
-        <v>88.578214</v>
+        <v>88.110286</v>
       </c>
       <c r="G2" s="0">
-        <v>14.387654</v>
+        <v>14.629441</v>
       </c>
       <c r="H2" s="0">
-        <v>311.59</v>
+        <v>312.46</v>
       </c>
       <c r="I2" s="0">
-        <v>8.941857</v>
+        <v>8.943409</v>
       </c>
     </row>
     <row r="3" spans="1:9" customHeight="0">
       <c r="A3" s="0" t="inlineStr">
         <is>
           <t>EURO STOXX NR</t>
         </is>
       </c>
       <c r="B3" s="0">
-        <v>0.647836</v>
+        <v>1.231611</v>
       </c>
       <c r="C3" s="0">
-        <v>6.588318</v>
+        <v>5.927174</v>
       </c>
       <c r="D3" s="0">
-        <v>21.447854</v>
+        <v>21.010233</v>
       </c>
       <c r="E3" s="0">
-        <v>51.548412</v>
+        <v>53.947716</v>
       </c>
       <c r="F3" s="0">
-        <v>71.635744</v>
+        <v>74.91712</v>
       </c>
       <c r="G3" s="0">
-        <v>22.055861</v>
+        <v>22.763806</v>
       </c>
       <c r="H3" s="0">
-        <v>296.012278</v>
+        <v>298.309216</v>
       </c>
       <c r="I3" s="0">
-        <v>8.687723</v>
+        <v>8.71524</v>
       </c>
     </row>
     <row r="4" spans="1:9" customHeight="0">
       <c r="A4" s="0" t="inlineStr">
         <is>
           <t>IA Targeted Absolute Return</t>
         </is>
       </c>
       <c r="B4" s="0">
-        <v>0.064226</v>
+        <v>0.056718</v>
       </c>
       <c r="C4" s="0">
-        <v>2.648688</v>
+        <v>1.825655</v>
       </c>
       <c r="D4" s="0">
-        <v>6.632216</v>
+        <v>6.412514</v>
       </c>
       <c r="E4" s="0">
-        <v>20.869498</v>
+        <v>20.78199</v>
       </c>
       <c r="F4" s="0">
-        <v>28.840907</v>
+        <v>29.059347</v>
       </c>
       <c r="G4" s="0">
-        <v>7.067667</v>
+        <v>6.974052</v>
       </c>
       <c r="H4" s="0">
-        <v>111.919245</v>
+        <v>111.977163</v>
       </c>
       <c r="I4" s="0">
-        <v>4.351103</v>
+        <v>4.346146</v>
       </c>
     </row>
     <row r="6" spans="1:1" customHeight="0">
       <c r="A6" s="0" t="inlineStr">
         <is>
-          <t>Source: Bloomberg. Using GBP I Acc share class. All performance data is net of fees and other charges.</t>
+          <t>Source: Bloomberg. Using GBP I Acc share class. All performance data is net of fees and other charges. Euro Stoxx updated as of 11-Dec-25.</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageSetup orientation="landscape" paperSize="9"/>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Argonaut Capital</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:subject/>
   <dc:creator>Argonaut Capital</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>