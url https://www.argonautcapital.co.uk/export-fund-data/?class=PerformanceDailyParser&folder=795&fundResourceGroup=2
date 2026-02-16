--- v1 (2025-12-14)
+++ v2 (2026-02-16)
@@ -80,191 +80,191 @@
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:I6"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
-          <t>As at 12-Dec-25</t>
+          <t>As at 13-Feb-26</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>MTD</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>3M</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>1YR</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
           <t>3YR</t>
         </is>
       </c>
       <c r="F1" s="0" t="inlineStr">
         <is>
           <t>5YR</t>
         </is>
       </c>
       <c r="G1" s="0" t="inlineStr">
         <is>
           <t>YTD</t>
         </is>
       </c>
       <c r="H1" s="0" t="inlineStr">
         <is>
           <t>ITD</t>
         </is>
       </c>
       <c r="I1" s="0" t="inlineStr">
         <is>
           <t>ITD CAGR</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:9" customHeight="0">
       <c r="A2" s="0" t="inlineStr">
         <is>
           <t>Argonaut AR Fund</t>
         </is>
       </c>
       <c r="B2" s="0">
-        <v>-0.43451</v>
+        <v>-0.869336</v>
       </c>
       <c r="C2" s="0">
-        <v>1.686307</v>
+        <v>10.856243</v>
       </c>
       <c r="D2" s="0">
-        <v>15.110331</v>
+        <v>18.622106</v>
       </c>
       <c r="E2" s="0">
-        <v>57.11098</v>
+        <v>78.289894</v>
       </c>
       <c r="F2" s="0">
-        <v>88.110286</v>
+        <v>98.289259</v>
       </c>
       <c r="G2" s="0">
-        <v>14.629441</v>
+        <v>7.125529</v>
       </c>
       <c r="H2" s="0">
-        <v>312.46</v>
+        <v>350.42</v>
       </c>
       <c r="I2" s="0">
-        <v>8.943409</v>
+        <v>9.421999</v>
       </c>
     </row>
     <row r="3" spans="1:9" customHeight="0">
       <c r="A3" s="0" t="inlineStr">
         <is>
           <t>EURO STOXX NR</t>
         </is>
       </c>
       <c r="B3" s="0">
-        <v>1.231611</v>
+        <v>1.105743</v>
       </c>
       <c r="C3" s="0">
-        <v>5.927174</v>
+        <v>4.838202</v>
       </c>
       <c r="D3" s="0">
-        <v>21.010233</v>
+        <v>18.144723</v>
       </c>
       <c r="E3" s="0">
-        <v>53.947716</v>
+        <v>51.813032</v>
       </c>
       <c r="F3" s="0">
-        <v>74.91712</v>
+        <v>72.983031</v>
       </c>
       <c r="G3" s="0">
-        <v>22.763806</v>
+        <v>3.988087</v>
       </c>
       <c r="H3" s="0">
-        <v>298.309216</v>
+        <v>319.218795</v>
       </c>
       <c r="I3" s="0">
-        <v>8.71524</v>
+        <v>8.95458</v>
       </c>
     </row>
     <row r="4" spans="1:9" customHeight="0">
       <c r="A4" s="0" t="inlineStr">
         <is>
           <t>IA Targeted Absolute Return</t>
         </is>
       </c>
       <c r="B4" s="0">
-        <v>0.056718</v>
+        <v>-0.173021</v>
       </c>
       <c r="C4" s="0">
-        <v>1.825655</v>
+        <v>1.898243</v>
       </c>
       <c r="D4" s="0">
-        <v>6.412514</v>
+        <v>7.512352</v>
       </c>
       <c r="E4" s="0">
-        <v>20.78199</v>
+        <v>21.390051</v>
       </c>
       <c r="F4" s="0">
-        <v>29.059347</v>
+        <v>28.044989</v>
       </c>
       <c r="G4" s="0">
-        <v>6.974052</v>
+        <v>1.459978</v>
       </c>
       <c r="H4" s="0">
-        <v>111.977163</v>
+        <v>117.93001</v>
       </c>
       <c r="I4" s="0">
-        <v>4.346146</v>
+        <v>4.442743</v>
       </c>
     </row>
     <row r="6" spans="1:1" customHeight="0">
       <c r="A6" s="0" t="inlineStr">
         <is>
-          <t>Source: Bloomberg. Using GBP I Acc share class. All performance data is net of fees and other charges. Euro Stoxx updated as of 11-Dec-25.</t>
+          <t>Source: Bloomberg. Using GBP I Acc share class. All performance data is net of fees and other charges. Euro Stoxx updated as of 12-Feb-26.</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageSetup orientation="landscape" paperSize="9"/>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Argonaut Capital</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:subject/>
   <dc:creator>Argonaut Capital</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>