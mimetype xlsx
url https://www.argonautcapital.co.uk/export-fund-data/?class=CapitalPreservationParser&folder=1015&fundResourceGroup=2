--- v0 (2025-12-14)
+++ v1 (2026-02-16)
@@ -210,51 +210,51 @@
       <c r="D6" s="0">
         <v>-9.9</v>
       </c>
     </row>
     <row r="7" spans="1:4" customHeight="0">
       <c r="A7" s="0" t="inlineStr">
         <is>
           <t>31-Jul-23 to 31-Oct-23</t>
         </is>
       </c>
       <c r="B7" s="0" t="inlineStr">
         <is>
           <t>2023 Duration sell-off</t>
         </is>
       </c>
       <c r="C7" s="0">
         <v>-7.4</v>
       </c>
       <c r="D7" s="0">
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:1" customHeight="0">
       <c r="A9" s="0" t="inlineStr">
         <is>
-          <t>Source: Argonaut Capital Partners as at 30-Nov-25. All performance data above refers to YFS Argonaut Absolute Return Fund, uses the GBP I share class and is net of fees. Drawdown periods are from peak to trough of the MSCI Europe EUR TR Net since the Fund’s inception in Feb-09 and ‘Average’ refers to the simple average of the six stated periods. The YFS Argonaut Absolute Return Fund’s prospectus changed in 2021 from being ‘predominantly’ to ‘mainly’ pan European equity exposure.</t>
+          <t>Source: Argonaut Capital Partners as at 31-Dec-25. All performance data above refers to YFS Argonaut Absolute Return Fund, uses the GBP I share class and is net of fees. Drawdown periods are from peak to trough of the MSCI Europe EUR TR Net since the Fund’s inception in Feb-09 and ‘Average’ refers to the simple average of the six stated periods. The YFS Argonaut Absolute Return Fund’s prospectus changed in 2021 from being ‘predominantly’ to ‘mainly’ pan European equity exposure.</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageSetup orientation="landscape" paperSize="9"/>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Argonaut Capital</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:subject/>
   <dc:creator>Argonaut Capital</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>